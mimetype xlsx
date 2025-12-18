--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -10,149 +10,149 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="92">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei nº 69 de 2025</t>
   </si>
   <si>
     <t>Prefeito Municipal - Prefeito</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de créditos adicionais suplementares/ especiais e dá outras providências</t>
   </si>
   <si>
-    <t>Inclusa na Ordem do Dia para discussão e votação</t>
+    <t>Matéria aprovada</t>
   </si>
   <si>
     <t>Projeto de Lei nº 72 de 2025</t>
   </si>
   <si>
     <t>Professora Marília</t>
   </si>
   <si>
     <t>Institui, no âmbito do Munícipio de Barrinha, garantias à crianças com deficiências e/ ou transtornos do neurodesenvolvimento no ambiente escolar, em conformidade com a lei Estadual nº 18.182/2025.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 73 de 2025</t>
   </si>
   <si>
     <t>Marquim Goulart</t>
   </si>
   <si>
     <t>Inclui no anexo I, da lei Municipal nº 2948/25, que institui o Calendário Oficial de eventos do Município de Barrinha, o "DIA DO MAÇOM" a ser celebrado anualmente no dia 20 de agosto.</t>
   </si>
   <si>
+    <t>Projeto de Lei nº 75 de 2025</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de créditos adicionais suplementares/ especiais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 80 de 2025</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de crédito adicional suplementar/ especial e dá outras providências.</t>
+  </si>
+  <si>
     <t>expediente</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 75 de 2025</t>
-[...5 lines deleted...]
-    <t>Inclusa no Expediente para apresentação</t>
+    <t>Proposição apresentada em Plenário</t>
   </si>
   <si>
     <t>Projeto de Lei nº 76 de 2025</t>
   </si>
   <si>
     <t>Léo Fuzatto</t>
   </si>
   <si>
-    <t>Institui o Programa Municipal de Conscientização e Prevenção de Doenças Crônicas Não Transmissíveis ( DCNT) em Barrinha-SP e dá outras providências .</t>
+    <t>Institui o Programa Municipal de Conscientização e Prevenção de Doenças Crônicas Não Transmissíveis (DCNT) em Barrinha-SP e dá outras providências .</t>
   </si>
   <si>
     <t>Projeto de Lei nº 77 de 2025</t>
   </si>
   <si>
-    <t>Garante aos estudantes com transtorno do Espectro Autista ( TEA) o direito de serem dispensados do uso do uniforme escolar quando  este for incompatível com suas sensibilidades sensoriais, e dá outras providências.</t>
+    <t>Garante aos estudantes com transtorno do Espectro Autista (TEA) o direito de serem dispensados do uso do uniforme escolar quando  este for incompatível com suas sensibilidades sensoriais, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 78 de 2025</t>
   </si>
   <si>
-    <t>Dispõe sobre a adoção do Símbolo Internacional de Acessibilidade, criado pela Organização das Nações Unidas ( ONU) , em substituição ao símbolo da cadeira de rodas, e dá outras providências.</t>
+    <t>Dispõe sobre a adoção do Símbolo Internacional de Acessibilidade, criado pela Organização das Nações Unidas (ONU) , em substituição ao símbolo da cadeira de rodas, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 79 de 2025</t>
   </si>
   <si>
     <t>Aldo Barroso</t>
   </si>
   <si>
     <t>Dispõe a obrigatoriedade da Instalação de câmeras de monitoramento em ônibus escolares no âmbito do Município de Barrinha-SP, e dá outras providências.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Dispõe sobre a abertura de crédito adicional suplementar/ especial e dá outras providências.</t>
   </si>
   <si>
     <t>Indicação nº 404 de 2025</t>
   </si>
   <si>
     <t>Chicão Boa Viagem</t>
   </si>
   <si>
     <t>Indica à Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar operação tapa buracos na Avenida Presidente Vargas próximo ao número 1276.</t>
   </si>
   <si>
     <t>Indicação nº 405 de 2025</t>
   </si>
   <si>
     <t>Indica à Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de refazer toda a SINALIZAÇÃO DE SOLO (PARE e FAIXA de PEDESTRE) no cruzamento da Avenida Presidente Kennedy x Rua Nestor Martins Silva Filho.</t>
   </si>
   <si>
     <t>Indicação nº 406 de 2025</t>
   </si>
   <si>
     <t>Ronaldo Troia</t>
   </si>
   <si>
     <t>Indica à Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido realizar a manutenção e reparos nos pontos de ônibus da cidade, com atenção especial ao ponto localizado na Avenida Costa e Silva, próximo à Secretaria Municipal de Educação.</t>
   </si>
@@ -282,60 +282,60 @@
   <si>
     <t>Indicação nº 425 de 2025</t>
   </si>
   <si>
     <t>Indica à Chefe do Executivo Municipal que estudos sejam realizados pelo setor_x000D_
 competente da Prefeitura no sentido da necessidade de instalação de um ponto de_x000D_
 ônibus na entrada da cidade, com atendimento ao novo bairro do Eplatz, entrada e_x000D_
 saída</t>
   </si>
   <si>
     <t>Indicação nº 426 de 2025</t>
   </si>
   <si>
     <t>Indica à Chefe do Executivo Municipal que estudos sejam realizados pelo setorcompetente da Prefeitura no sentido da necessidade de instalação de redutores develocidade na Avenida Costa e Silva e na Rua Felipe Daher, ao longo de toda a extensão de ambas as vias.</t>
   </si>
   <si>
     <t>Moção nº 17 de 2025</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações à Loja Maçonica ARSL Carlos Bray, de Barrinha - SP.</t>
   </si>
   <si>
     <t>Requerimento nº 5 de 2025</t>
   </si>
   <si>
+    <t>Ronaldo Troia,Helinho Geloni</t>
+  </si>
+  <si>
     <t>Requer seja oﬁciado a Excelentíssima Senhora Prefeita Municipal, solicitando estudos e providências para a celebração de um Acordo de Cooperação Técnica (ACT )entre o Município e o Instituto Nacional do Seguro Social – INSS.</t>
   </si>
   <si>
     <t>Requerimento nº 6 de 2025</t>
   </si>
   <si>
     <t>Solicita informações sobre sindicância instaurada pela Prefeitura Municipal referente ao caso do veículo oficial "Fusca".</t>
-  </si>
-[...1 lines deleted...]
-    <t>Não informada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -627,62 +627,62 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F36"/>
+  <dimension ref="A1:F38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="25.5703125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="26.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="27" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="44.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="33.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>3893</v>
@@ -726,683 +726,723 @@
     <row r="4" spans="1:6">
       <c r="A4">
         <v>3915</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>3925</v>
       </c>
       <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F5" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>3926</v>
+        <v>3955</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>3927</v>
+        <v>3925</v>
       </c>
       <c r="B7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" t="s">
         <v>17</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>3928</v>
+        <v>3926</v>
       </c>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>3929</v>
+        <v>3927</v>
       </c>
       <c r="B9" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>3955</v>
+        <v>3928</v>
       </c>
       <c r="B10" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>3930</v>
+        <v>3929</v>
       </c>
       <c r="B11" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F11" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>3931</v>
+        <v>3955</v>
       </c>
       <c r="B12" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>3932</v>
+        <v>3930</v>
       </c>
       <c r="B13" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="F13" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>3933</v>
+        <v>3931</v>
       </c>
       <c r="B14" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="F14" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>3934</v>
+        <v>3932</v>
       </c>
       <c r="B15" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F15" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>3935</v>
+        <v>3933</v>
       </c>
       <c r="B16" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>3936</v>
+        <v>3934</v>
       </c>
       <c r="B17" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F17" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>3937</v>
+        <v>3935</v>
       </c>
       <c r="B18" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F18" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>3938</v>
+        <v>3936</v>
       </c>
       <c r="B19" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="E19" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F19" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>3939</v>
+        <v>3937</v>
       </c>
       <c r="B20" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
         <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F20" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>3940</v>
+        <v>3938</v>
       </c>
       <c r="B21" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="F21" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>3941</v>
+        <v>3939</v>
       </c>
       <c r="B22" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D22" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F22" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>3942</v>
+        <v>3940</v>
       </c>
       <c r="B23" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C23" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D23" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="F23" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>3943</v>
+        <v>3941</v>
       </c>
       <c r="B24" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C24" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="D24" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E24" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F24" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>3944</v>
+        <v>3942</v>
       </c>
       <c r="B25" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C25" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="D25" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E25" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F25" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>3945</v>
+        <v>3943</v>
       </c>
       <c r="B26" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C26" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D26" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="E26" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F26" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>3946</v>
+        <v>3944</v>
       </c>
       <c r="B27" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C27" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D27" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E27" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F27" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>3947</v>
+        <v>3945</v>
       </c>
       <c r="B28" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C28" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D28" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E28" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="F28" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>3948</v>
+        <v>3946</v>
       </c>
       <c r="B29" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C29" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="E29" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="F29" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>3949</v>
+        <v>3947</v>
       </c>
       <c r="B30" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C30" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D30" t="s">
         <v>59</v>
       </c>
       <c r="E30" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="F30" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>3950</v>
+        <v>3948</v>
       </c>
       <c r="B31" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C31" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D31" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="E31" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F31" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>3951</v>
+        <v>3949</v>
       </c>
       <c r="B32" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D32" t="s">
         <v>59</v>
       </c>
       <c r="E32" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F32" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>3952</v>
+        <v>3950</v>
       </c>
       <c r="B33" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D33" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="E33" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F33" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>3954</v>
+        <v>3951</v>
       </c>
       <c r="B34" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D34" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="E34" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F34" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>3953</v>
+        <v>3952</v>
       </c>
       <c r="B35" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C35" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D35" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="E35" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="F35" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
+        <v>3954</v>
+      </c>
+      <c r="B36" t="s">
+        <v>21</v>
+      </c>
+      <c r="C36" t="s">
+        <v>85</v>
+      </c>
+      <c r="D36" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" t="s">
+        <v>86</v>
+      </c>
+      <c r="F36" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37">
+        <v>3953</v>
+      </c>
+      <c r="B37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C37" t="s">
+        <v>87</v>
+      </c>
+      <c r="D37" t="s">
+        <v>88</v>
+      </c>
+      <c r="E37" t="s">
+        <v>89</v>
+      </c>
+      <c r="F37" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38">
         <v>3956</v>
       </c>
-      <c r="B36" t="s">
-[...5 lines deleted...]
-      <c r="D36" t="s">
+      <c r="B38" t="s">
+        <v>21</v>
+      </c>
+      <c r="C38" t="s">
+        <v>90</v>
+      </c>
+      <c r="D38" t="s">
         <v>12</v>
       </c>
-      <c r="E36" t="s">
-[...2 lines deleted...]
-      <c r="F36" t="s">
+      <c r="E38" t="s">
         <v>91</v>
+      </c>
+      <c r="F38" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>